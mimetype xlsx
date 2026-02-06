--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10596196</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ad61dc</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>High-resolution Elemental Abundance Measurements of Cool JWST Planet Hosts Using AutoSpecFit: An Application to the Sub-Neptune K2-18b’s Host M Dwarf</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hejazi, Neda; Crossfield, Ian_J M; Souto, Diogo; Brande, Jonathan; Nordlander, Thomas; Marfil, Emilio; Cunha, Katia; Coria, David R; Maas, Zachary G; Polanski, Alex S; Hinkel, Natalie R; Hand, Joseph E</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>973</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present an in-depth, high-resolution spectroscopic analysis of the M dwarf K2-18, which hosts a sub-Neptune exoplanet in its habitable zone. We show our technique to accurately normalize the observed spectrum, which is crucial for a proper spectral fitting. We also introduce a new automatic, line-by-line, model-fitting code, AutoSpecFit, which performs an iterative&lt;italic&gt;χ&lt;/italic&gt;&lt;sup&gt;2&lt;/sup&gt;minimization process to measure individual elemental abundances of cool dwarfs. We apply this code to the star K2-18, and measure the abundance of 10 elements: C, O, Na, Mg, Al, K, Ca, Sc, Ti, and Fe. We find these abundances to be moderately supersolar, except for Fe, with a slightly subsolar abundance. The accuracy of the inferred abundances is limited by the systematic errors due to uncertain stellar parameters. We also derive the abundance ratios associated with several planet-building elements such as Al/Mg, Ca/Mg, Fe/Mg, and (a solar-like) C/O = 0.568 ± 0.026, which can be used to constrain the chemical composition and the formation location of the exoplanet. On the other hand, the planet K2-18 b has attracted considerable interest, given the JWST measurements of its atmospheric composition. Early JWST studies reveal an unusual chemistry for the atmosphere of this planet, which is unlikely to be driven by formation in a disk of unusual composition. The comparison between the chemical abundances of K2-18 b from future JWST analyses and those of the host star can provide fundamental insights into the formation of this planetary system.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108686</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAS journals</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>