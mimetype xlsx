--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10596381</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1029/2024GL110804</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Convective and Orographic Origins of the Mesoscale Kinetic Energy Spectrum</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kouhen, Salah; Storer, Benjamin A; Aluie, Hussein; Marshall, David P; Christensen, Hannah M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-16T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Geophysical Research Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0094-8276</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The mesoscale spectrum describes the distribution of kinetic energy in the Earth's atmosphere between length scales of 10 and 400 km. Since the first observations, the origins of this spectrum have been controversial. At synoptic scales, the spectrum follows a −3 spectral slope, consistent with two‐dimensional turbulence theory, but a shallower −5/3 slope was observed at the shorter mesoscales. The cause of the shallower slope remains obscure, illustrating our lack of understanding. Through a novel coarse‐graining methodology, we are able to present a spatio‐temporal climatology of the spectral slope. We find convection and orography have a shallowing effect and can quantify this using “conditioned spectra.” These are typical spectra for a meteorological condition, obtained by aggregating spectra where the condition holds. This allows the investigation of new relationships, such as that between energy flux and spectral slope. Potential future applications of our methodology include predictability research and model validation.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2123496; 2206380</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Geophysical Research Letters</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>