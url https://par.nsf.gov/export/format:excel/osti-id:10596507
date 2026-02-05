--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10596507</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3706598.3713246</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>This Game SUX: Why &amp; How to Design Sh@*!y User Experiences</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Cormier, Michelle V; Liang, Shano; Hamilton, Bill; LaLone, Nicolas; Bohrer, Rose; Toups_Dugas, Phoebe O</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 15</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400713941</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>While normative – “good” – game design and user experiences have been established, we look to games that challenge those notions. Intentional frustration and failure can be worthwhile. Through a reflexive thematic analysis of 31 games we identify how intentionally non-normative design choices lead to meaningful experiences. Working within the established Mechanics Dynamics Aesthetics (MDA) Game Design Framework, we lay out themes to design Shitty User Experiences (SUX). We contribute SUX MDA themes for designers and researchers to counter the status quo and identify new forms of play and interaction.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2105069; 2433527; 2106380</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Yokohama Japan</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>