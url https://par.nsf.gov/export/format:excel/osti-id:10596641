--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10596641</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3647983</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Conflict Avoidance in Social Navigation—a Survey</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mirsky, Reuth; Xiao, Xuesu; Hart, Justin; Stone, Peter</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Human-Robot Interaction</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 36</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2573-9522</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;A major goal in robotics is to enable intelligent mobile robots to operate smoothly in shared human-robot environments. One of the most fundamental capabilities in service of this goal is competent navigation in this “social” context. As a result, there has been a recent surge of research on social navigation; and especially as it relates to the handling of conflicts between agents during social navigation. These developments introduce a variety of models and algorithms, however as this research area is inherently interdisciplinary, many of the relevant papers are not comparable and there is no shared standard vocabulary. This survey aims at bridging this gap by introducing such a common language, using it to survey existing work, and highlighting open problems. It starts by defining the boundaries of this survey to a limited, yet highly common type of social navigation—conflict avoidance. Within this proposed scope, this survey introduces a detailed taxonomy of the conflict avoidance components. This survey then maps existing work into this taxonomy, while discussing papers using its framing. Finally, this article proposes some future research directions and open problems that are currently on the frontier of social navigation to aid ongoing and future research.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2350352</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>