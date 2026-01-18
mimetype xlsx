--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -113,51 +113,51 @@
   <si>
     <t>https://doi.org/10.1038/s41563-025-02156-3</t>
   </si>
   <si>
     <t>Impact of spin–orbit coupling on superconductivity in rhombohedral graphene</t>
   </si>
   <si>
     <t>Yang, Jixiang; Shi, Xiaoyan; Ye, Shenyong; Yoon, Chiho; Lu, Zhengguang; Kakani, Vivek; Han, Tonghang; Seo, Junseok; Shi, Lihan; Watanabe, Kenji; Taniguchi, Takashi; Zhang, Fan; Ju, Long</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-03-19T04:00:00Z</t>
   </si>
   <si>
     <t>Nature Materials</t>
   </si>
   <si>
     <t>1476-1122</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2414725; 1945351; 2414726</t>
+    <t>2414725; 1945351; 2414726; 2324033; 2324032</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>