--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10417878</t>
-[...8 lines deleted...]
-    <t>Wang, Bipeng; Chu, Weibin; Wu, Yifan; Casanova, David; Saidi, Wissam A.; Prezhdo, Oleg V.</t>
+    <t>10596670</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/s41559-025-02705-8</t>
+  </si>
+  <si>
+    <t>Aridity modulates grassland biomass responses to combined drought and nutrient addition</t>
+  </si>
+  <si>
+    <t>Bondaruk, V F; Xu, C; Wilfahrt, P; Yahdjian, L; Yu, Q; Borer, E T; Jentsch, A; Seabloom, E W; Smith, M D; Alberti, J; Oñatibia, G R; Dieguez, H; Carbognani, M; Kübert, A; Power, S A; Eisenhauer, N; Isbell, F; Auge, H; Chandregowda, M H; Churchill, A C; Daleo, P; Forte, T; Greenville, A C; Koerner, S E; Ohlert, T; Peri, P; Petraglia, A; Salesa, D; Tedder, M; Valdecantos, A; Verhoeven, E; Wardle, G M; Werner, C; Wheeler, G R; An, H; Biancari, L; Diao, H J; Gutknecht, J; Han, L B; Ke, Y G; Liu, J L; Maziko, Y; Tian, D S; Tissue, D; Wanke, S; Wei, C Z; Wilkins, K; Wu, H H; Young, A L; Zhang, F W; Zhang, B; Zhu, J T; Zong, N; Zuo, X A; Hautier, Y</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-06-30T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>1948-7185</t>
+    <t>2025-05-19T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Nature Ecology &amp; Evolution</t>
+  </si>
+  <si>
+    <t>2397-334X</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2003808</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>2419138; 1929393; 1831944</t>
+  </si>
+  <si>
+    <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Nature</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -293,83 +287,79 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>33</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="W2" s="0"/>
+        <v>37</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>38</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>