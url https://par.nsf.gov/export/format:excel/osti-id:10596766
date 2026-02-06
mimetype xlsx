--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,308 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10596766</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Unintentional Unalignment: Likelihood Displacement in Direct Preference Optimization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Razin, Noam; Malladi, Sadhika; Bhaskar, Adithya; Chen, Danqi; Arora, Sanjeev; Hanin, Boris</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-15T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-1-7138-9865-8</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Direct Preference Optimization (DPO) and its variants are increasingly used for aligning language models with human preferences. Although these methods are designed to teach a model to generate preferred responses more frequently relative to dispreferred responses, prior work has observed that the likelihood of preferred responses often decreases during training. The current work sheds light on the causes and implications of this counterintuitive phenomenon, which we term likelihood displacement. We demonstrate that likelihood displacement can be catastrophic, shifting probability mass from preferred responses to responses with an opposite meaning. As a simple example, training a model to prefer 
+ over 
+ can sharply increase the probability of 
+. Moreover, when aligning the model to refuse unsafe prompts, we show that such displacement can unintentionally lead to unalignment, by shifting probability mass from preferred refusal responses to harmful responses (e.g., reducing the refusal rate of Llama-3-8B-Instruct from 74.4% to 33.4%). We theoretically characterize that likelihood displacement is driven by preferences that induce similar embeddings, as measured by a centered hidden embedding similarity (CHES) score. Empirically, the CHES score enables identifying which training samples contribute most to likelihood displacement in a given dataset. Filtering out these samples effectively mitigated unintentional unalignment in our experiments. More broadly, our results highlight the importance of curating data with sufficiently distinct preferences, for which we believe the CHES score may prove valuable</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2143754</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of ICLR 2025</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Singapore</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>