--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -110,66 +110,63 @@
   <si>
     <t>10597009</t>
   </si>
   <si>
     <t>https://doi.org/10.5066/P138M8AR</t>
   </si>
   <si>
     <t>Global Aggregation of Stream Silica (GlASS)</t>
   </si>
   <si>
     <t>Jankowski, Kathi Jo; Johnson, Keira; Carey, Joanna C; Lyon, Nicholas; Julian, Paul; Bush, Sidney; Sethna, Lienne R; Chen, Angel; Wymore, Adam S; Kortelainen, Pirkko; Laudon, Hjalmar; Poste, Amanda; McKnight, Diane M; McDowell, William H; Shogren, Arial J; Heindel, Ruth C; Raike, Antti; Jones, Jeremy B; Sullivan, Pamela L</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Riverine silicon (Si) plays a vital role in governing primary production, water quality, and carbon sequestration. The Global Aggregation of Stream Silica (GlASS) database was constructed to assess changes in riverine Si concentrations and fluxes, their relationship to available nutrients, and to evaluate mechanisms driving these patterns. GlASS includes dissolved Si (DSi), dissolved inorganic nitrogen, and dissolved inorganic phosphorus concentrations at daily to quarterly time steps, daily discharge, and watershed characteristics for rivers with drainage areas ranging &amp;lt; 1 km2 to 3 million km2 and spanning eight climate zones, mainly in the northern hemisphere. Data range between years 1963 and 2023. GlASS uses publicly available datasets, ensuring transparency and reproducibility. Original data sources are cited, data quality assurance workflows are public, and input files to a common load estimator are provided.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2419138; 1929393; 2215300</t>
+    <t>2419138; 1929393; 2215300; 2129383</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>csv; xml; zip</t>
   </si>
   <si>
     <t>Dataset</t>
   </si>
   <si>
     <t>U.S. Geological Survey</t>
-  </si>
-[...1 lines deleted...]
-    <t>Creative Commons Zero v1.0 Universal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -322,47 +319,45 @@
         <v>33</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="X2" s="0"/>
-      <c r="Y2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>