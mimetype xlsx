--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -128,51 +128,51 @@
   <si>
     <t>2025-05-22T04:00:00Z</t>
   </si>
   <si>
     <t>The Astrophysical Journal</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>0004-637X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present the results of a search for gravitational-wave transients associated with core-collapse supernova SN 2023ixf, which was observed in the galaxy Messier 101 via optical emission on 2023 May 19, during the LIGO–Virgo–KAGRA 15th Engineering Run. We define a five-day on-source window during which an accompanying gravitational-wave signal may have occurred. No gravitational waves have been identified in data when at least two gravitational-wave observatories were operating, which covered ∼14% of this five-day window. We report the search detection efficiency for various possible gravitational-wave emission models. Considering the distance to M101 (6.7 Mpc), we derive constraints on the gravitational-wave emission mechanism of core-collapse supernovae across a broad frequency spectrum, ranging from 50 Hz to 2 kHz, where we assume the gravitational-wave emission occurred when coincident data are available in the on-source window. Considering an ellipsoid model for a rotating proto-neutron star, our search is sensitive to gravitational-wave energy 1 × 10&lt;sup&gt;−4&lt;/sup&gt;&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;&lt;italic&gt;c&lt;/italic&gt;&lt;sup&gt;2&lt;/sup&gt;and luminosity 2.6 × 10&lt;sup&gt;−4&lt;/sup&gt;&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;&lt;italic&gt;c&lt;/italic&gt;&lt;sup&gt;2&lt;/sup&gt;s&lt;sup&gt;−1&lt;/sup&gt;for a source emitting at 82 Hz. These constraints are around an order of magnitude more stringent than those obtained so far with gravitational-wave data. The constraint on the ellipticity of the proto-neutron star that is formed is as low as 1.08, at frequencies above 1200 Hz, surpassing past results.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2309242; 2409745; 2110460; 2450793; 2309212; 2012057; 2409530; 2438319; 2409372; 2011334; 2308693; 2319063; 2207728</t>
+    <t>2309242; 2409745; 2110460; 2450793; 2309212; 2012057; 2409530; 2438319; 2409372; 2011334; 2308693; 2319063; 2207728; 2309161; 2110594</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>