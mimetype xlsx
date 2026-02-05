--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10597554</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3706598.3714286</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Understanding Attitudes and Trust of Generative AI Chatbots for Social Anxiety Support</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Yimeng; Wang, Yinzhou; Crace, Kelly; Zhang, Yixuan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 21</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400713941</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Social anxiety (SA) has become increasingly prevalent. Traditional coping strategies often face accessibility challenges. Generative AI (GenAI), known for their knowledgeable and conversational capabilities, are emerging as alternative tools for mental well-being. With the increased integration of GenAI, it is important to examine individuals’ attitudes and trust in GenAI chatbots’ support for SA. Through a mixed-method approach that involved surveys (n = 159) and interviews (n = 17), we found that individuals with severe symptoms tended to trust and embrace GenAI chatbots more readily, valuing their non-judgmental support and perceived emotional comprehension. However, those with milder symptoms prioritized technical reliability. We identified factors influencing trust, such as GenAI chatbots’ ability to generate empathetic responses and its context-sensitive limitations, which were particularly important among individuals with SA. We also discuss the design implications and use of GenAI chatbots in fostering cognitive and emotional trust, with practical and design considerations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2418582</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Yokohama Japan</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>