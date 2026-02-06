--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10597557</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.caeai.2025.100383</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Understanding the practices, perceptions, and (dis)trust of generative AI among instructors: A mixed-methods study in the U.S. higher education</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lyu, Wenhan; Zhang, Shuang; Chung, Tingting; Sun, Yifan; Zhang, Yixuan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Computers and Education: Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>100383</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2666-920X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Generative AI (GenAI) has brought opportunities and challenges for higher education as it integrates into teaching and learning environments. As instructors navigate this new landscape, understanding their engagement with and attitudes toward GenAI is crucial. We surveyed 178 instructors from a single U.S. university to examine their current practices, perceptions, trust, and distrust of GenAI in higher education in March 2024. While most surveyed instructors reported moderate to high familiarity with GenAI-related concepts, their actual use of GenAI tools for direct instructional tasks remained limited. Our quantitative results show that trust and distrust in GenAI are related yet distinct; high trust does not necessarily imply low distrust, and vice versa. We also found significant differences in surveyed instructors' familiarity with GenAI across different trust and distrust groups. Our qualitative results show nuanced manifestations of trust and distrust among surveyed instructors and various approaches to support calibrated trust in GenAI. We discuss practical implications focused on (dis)trust calibration among instructors.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2418582</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>