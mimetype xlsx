--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -128,51 +128,51 @@
   <si>
     <t>2025-04-17T04:00:00Z</t>
   </si>
   <si>
     <t>PLOS Computational Biology</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>e1012953</t>
   </si>
   <si>
     <t>1553-7358</t>
   </si>
   <si>
     <t>Studying the mechanisms underlying the genotype-phenotype association is crucial in genetics. Gene expression studies have deepened our understanding of the genotype  →  expression  →  phenotype mechanisms. However, traditional expression quantitative trait loci (eQTL) methods often overlook the critical role of gene co-expression networks in translating genotype into phenotype. This gap highlights the need for more powerful statistical methods to analyze genotype  →  network  →  phenotype mechanism. Here, we develop a network-based method, called spectral network quantitative trait loci analysis (snQTL), to map quantitative trait loci affecting gene co-expression networks. Our approach tests the association between genotypes and joint differential networks of gene co-expression via a tensor-based spectral statistics, thereby overcoming the ubiquitous multiple testing challenges in existing methods. We demonstrate the effectiveness of snQTL in the analysis of three-spined stickleback Gasterosteus aculeatus data. Compared to conventional methods, our method snQTL uncovers chromosomal regions affecting gene co-expression networks, including one strong candidate gene that would have been missed by traditional eQTL analyses. Our framework suggests the limitation of current approaches and offers a powerful network-based tool for functional loci discoveries.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2141865; 2023239</t>
+    <t>2141865; 2023239; 2133740</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>PLOS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>