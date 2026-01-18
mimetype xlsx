--- v0 (2025-10-31)
+++ v1 (2026-01-18)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>American Journal of Physics</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>46 to 51</t>
   </si>
   <si>
     <t>0002-9505</t>
   </si>
   <si>
     <t>&lt;p&gt;Traditional approaches to undergraduate-level quantum mechanics require extensive mathematical preparation, preventing most students from enrolling in a quantum mechanics course until the third year of a physics major. Here we describe an approach to teaching quantum formalism and postulates that can be used with first-year undergraduate students and even high school students. The only pre-requisite is a familiarity with vector dot products. This approach enables students to learn Dirac notation and core postulates of quantum mechanics at a much earlier stage in their academic career, which can help students prepare for careers in quantum science and engineering and advance the Second Quantum Revolution.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2309260</t>
+    <t>2309260; 2225888</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Association of Physics Teachers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>