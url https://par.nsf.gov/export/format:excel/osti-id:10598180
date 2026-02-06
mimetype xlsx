--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10598180</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Lumos: Efficient Performance Modeling and Estimation for Large-scale LLM Training</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liang, Mingyu; Kassa, Hiwot; Fu, Wenyin; Coutinho, Brian; Feng, Louis; Delimitrou, Christina</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-12T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Training LLMs in distributed environments presents significant challenges due to the complexity of model execution, deployment systems, and the vast space of configurable strategies. Although various optimization techniques exist, achieving high efficiency in practice remains difficult. Accurate performance models that effectively characterize and predict a model’s behavior are essential for guiding optimization efforts and system-level studies. We propose Lumos, a trace-driven performance modeling and estimation toolkit for large-scale LLM training, designed to accurately capture and predict the execution behaviors of modern LLMs. We evaluate Lumos on a production ML cluster with up to 512 NVIDIA H100 GPUs using various GPT-3 variants, demonstrating that it can replay execution time with an average error of just 3.3%, along with other runtime details, across different models and configurations. Additionally, we validate its ability to estimate performance for new setups from existing traces, facilitating efficient exploration of model and deployment configurations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2326182</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>MLSys</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>