--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,91 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10598216</t>
+    <t>10462647</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1088/1475-7516/2022/08/069</t>
+  </si>
+  <si>
+    <t>The tunneling wavefunction in Kantowski-Sachs quantum cosmology</t>
+  </si>
+  <si>
+    <t>Fanaras, Georgios; Vilenkin, Alexander</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>MAPP: Predictive UI View Pre-caching for Improving the Responsiveness of Mobile Apps</t>
-[...15 lines deleted...]
-In this paper, we propose MAPP, a framework for Mobile App Predictive Pre-caching. MAPP has two main modules, 1) UI view prediction based on deep learning and 2) UI-API pre-caching, which coordinate to improve the responsiveness of mobile apps. MAPP adopts a per-user and per-app prediction model that is tailored based on the analysis of collected user traces, such as location, time, or the sequence of previously visited views. A dynamic feature ranking and model selection algorithm is designed to judiciously filter out less relevant features for improving the prediction accuracy with less computation overhead. MAPP is evaluated with 61 real-world traces from 18 volunteers over 30 days to show that it can shorten the response time of mobile apps by 59.84% on average with an average cache hit rate of 92.55%.</t>
+    <t>2022-08-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Cosmology and Astroparticle Physics</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>08</t>
+  </si>
+  <si>
+    <t>069</t>
+  </si>
+  <si>
+    <t>1475-7516</t>
+  </si>
+  <si>
+    <t>Abstract                          We use a path-integral approach to study the tunneling wave function in quantum cosmology with spatial topology              S              1              ×              S              2              and positive cosmological constant (the Kantowski-Sachs model). If the initial scale factors of both              S              1              and              S              2              are set equal to zero, the wave function describes (semiclassically) a universe originating at a singularity.  This may be interpreted as indicating that an              S              1              ×              S              2              universe cannot nucleate out of nothing in a non-singular way.  Here we explore an alternative suggestion by Halliwell and Louko that creation from nothing corresponds in this model to setting the initial volume to zero.  We find that the only acceptable version of this proposal is to fix the radius of              S              1              to zero, supplementing this with the condition of smooth closure (absence of a conical singularity).  The resulting wave function predicts an inflating universe of high anisotropy, which however becomes locally isotropic at late times. Unlike the de Sitter model, the total nucleation probability is not exponentially suppressed, unless a Gauss-Bonnet term is added to the action.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2149533</t>
-[...11 lines deleted...]
-    <t>Gold Coast, Australia</t>
+    <t>2110466</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -280,94 +282,96 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="K2" s="0"/>
+        <v>31</v>
+      </c>
+      <c r="H2" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>38</v>
+      </c>
+      <c r="P2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="O2" t="s" s="0">
-[...10 lines deleted...]
-      </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>37</v>
-[...6 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="W2" s="0"/>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>