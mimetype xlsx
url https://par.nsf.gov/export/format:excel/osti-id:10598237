--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -105,50 +105,56 @@
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10598237</t>
   </si>
   <si>
     <t>https://doi.org/10.1002/anie.202504245</t>
   </si>
   <si>
     <t>Bypassing the Nitrido Wall Using a Redox‐Active Isocyanide: Nucleophilic Attack on CO by a Rhenium Nitride Complex</t>
   </si>
   <si>
     <t>Hegg, Alexander_S [Department of Chemistry Yale University  225 Prospect St. New Haven Connecticut USA]; Donnelly, Ryan_S [Department of Chemistry Yale University  225 Prospect St. New Haven Connecticut USA]; Weber, Jeremy_E [Department of Chemistry Yale University  225 Prospect St. New Haven Connecticut USA]; Crabtree, Robert_H [Department of Chemistry Yale University  225 Prospect St. New Haven Connecticut USA]; Mercado, Brandon_Q [Department of Chemistry Yale University  225 Prospect St. New Haven Connecticut USA]; Holland, Patrick_L [Department of Chemistry Yale University  225 Prospect St. New Haven Connecticut USA] (ORCID:0000000228832031)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-06-04T04:00:00Z</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>29</t>
   </si>
   <si>
     <t>1433-7851</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Reactive rhenium(III) nitride complexes could result from filling Re─N π* orbitals, but such complexes lie beyond the “nitrido wall” and are rare due to their instability. Here, we describe a method for bypassing the nitrido wall by incorporating a redox‐active isocyanide supporting ligand, which accommodates two electrons as shown by crystallographic, spectroscopic, and computational studies. These electrons can be returned to the metal during its facile reaction with CO to form a cyanate complex, demonstrating the nucleophilic reactivity of the nitride. Thus, assistance by the isocyanide enables an N&lt;sub&gt;2&lt;/sub&gt;‐derived rhenium nitride to engage in N─C bond forming reactivity.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2247258</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
@@ -291,81 +297,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>