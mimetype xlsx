--- v0 (2025-10-31)
+++ v1 (2026-01-18)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-05-09T04:00:00Z</t>
   </si>
   <si>
     <t>Science Advances</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>2375-2548</t>
   </si>
   <si>
     <t>&lt;p&gt;Semiconductor moiré superlattices, characterized by their periodic spatial light emission, unveil a new paradigm of engineered photonic materials. Here, we show that ferroelectric moiré domains formed in a twisted hexagonal boron nitride (t-hBN) substrate can modulate light emission from an adjacent semiconductor MoSe&lt;sub&gt;2&lt;/sub&gt;monolayer. The electrostatic potential at the surface of the t-hBN substrate provides a simple way to confine excitons in the MoSe&lt;sub&gt;2&lt;/sub&gt;monolayer. The excitons confined within the domains and at the domain walls are spectrally separated because of a pronounced Stark shift. Moreover, the patterned light emission can be dynamically controlled by electrically gating the ferroelectric domains, introducing a functionality beyond other semiconductor moiré superlattices. Our findings chart an exciting pathway for integrating nanometer-scale moiré ferroelectric domains with various optically active functional layers, paving the way for advanced nanophotonics and metasurfaces.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2122041; 2118806</t>
+    <t>2122041; 2118806; 2130552</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>