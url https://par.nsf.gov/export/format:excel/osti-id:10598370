--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10598370</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.4153/S0008414X2300086X</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Multi-linear forms, graphs, and $L^p$-improving measures in ${\Bbb F}_q^d$</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bhowmik, Pablo; Iosevich, Alex; Koh, Doowon; Pham, Thang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Canadian journal of mathematics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>208 to 251</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1496-4279</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The purpose of this paper is to introduce and study the following graph-theoretic paradigm. Let&lt;disp-formula&gt;&lt;alternatives&gt;&lt;graphic href='S0008414X2300086X_eqnu1.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$$ \begin{align*}T_Kf(x)=\int K(x,y) f(y) d\mu(y),\end{align*} $$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/disp-formula&gt;where&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0008414X2300086X_inline3.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$f: X \to {\Bbb R}$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;,&lt;italic&gt;X&lt;/italic&gt;a set, finite or infinite, and&lt;italic&gt;K&lt;/italic&gt;and&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0008414X2300086X_inline4.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$\mu $&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;denote a suitable kernel and a measure, respectively. Given a connected ordered graph&lt;italic&gt;G&lt;/italic&gt;on&lt;italic&gt;n&lt;/italic&gt;vertices, consider the multi-linear form&lt;disp-formula&gt;&lt;alternatives&gt;&lt;graphic href='S0008414X2300086X_eqnu2.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$$ \begin{align*}\Lambda_G(f_1,f_2, \dots, f_n)=\int_{x^1, \dots, x^n \in X} \ \prod_{(i,j) \in {\mathcal E}(G)} K(x^i,x^j) \prod_{l=1}^n f_l(x^l) d\mu(x^l),\end{align*} $$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/disp-formula&gt;where&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0008414X2300086X_inline5.png' mime-subtype='png'/&gt;&lt;tex-math&gt;${\mathcal E}(G)$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;is the edge set of&lt;italic&gt;G&lt;/italic&gt;. Define&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0008414X2300086X_inline6.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$\Lambda _G(p_1, \ldots , p_n)$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;as the smallest constant&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0008414X2300086X_inline7.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$C&gt;0$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;such that the inequality&lt;disp-formula&gt;&lt;label&gt;(0.1)&lt;/label&gt;&lt;alternatives&gt;&lt;graphic href='S0008414X2300086X_eqn1.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$$ \begin{align} \Lambda_G(f_1, \dots, f_n) \leq C \prod_{i=1}^n {||f_i||}_{L^{p_i}(X, \mu)} \end{align} $$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/disp-formula&gt;holds for all nonnegative real-valued functions&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0008414X2300086X_inline8.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$f_i$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;,&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0008414X2300086X_inline9.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$1\le i\le n$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;, on&lt;italic&gt;X&lt;/italic&gt;. The basic question is, how does the structure of&lt;italic&gt;G&lt;/italic&gt;and the mapping properties of the operator&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0008414X2300086X_inline10.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$T_K$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;influence the sharp exponents in (0.1). In this paper, this question is investigated mainly in the case&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0008414X2300086X_inline11.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$X={\Bbb F}_q^d$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;, the&lt;italic&gt;d&lt;/italic&gt;-dimensional vector space over the field with&lt;italic&gt;q&lt;/italic&gt;elements,&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0008414X2300086X_inline12.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$K(x^i,x^j)$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;is the indicator function of the sphere evaluated at&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0008414X2300086X_inline13.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$x^i-x^j$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;, and connected graphs&lt;italic&gt;G&lt;/italic&gt;with at most four vertices.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2154232</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Canadian Math Journal</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>