--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-05-01T04:00:00Z</t>
   </si>
   <si>
     <t>Astronomy &amp; Astrophysics</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>A164</t>
   </si>
   <si>
     <t>0004-6361</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;italic&gt;Context&lt;/italic&gt;. The Milky Way’s central molecular zone (CMZ) has been measured to form stars ten times less efficiently than in the Galactic disk, based on emission from high-mass stars. However, the CMZ’s low-mass (⩽2&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;) protostellar population, which accounts for most of the initial stellar mass budget and star formation rate (SFR), is poorly constrained observationally due to limited sensitivity and resolution.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Aims&lt;/italic&gt;. We aim to perform a cloud-wide census of the protostellar population in three massive CMZ clouds.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Methods&lt;/italic&gt;. We present the Dual-band Unified Exploration of three CMZ Clouds (DUET) survey, targeting the 20 km s&lt;sup&gt;−1&lt;/sup&gt;cloud, Sgr C, and the dust ridge cloud “e” using the Atacama Large Millimeter/submillimeter Array (ALMA) at 1.3 and 3 mm. The mosaicked observations achieve a comparable resolution of 0.&lt;sup&gt;′′&lt;/sup&gt;2–0.&lt;sup&gt;′′&lt;/sup&gt;3 (∼2000 au) and a sky coverage of 8.3–10.4 arcmin&lt;sup&gt;2&lt;/sup&gt;, respectively.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Results&lt;/italic&gt;. We report 563 continuum sources at 1.3 mm and 330 at 3 mm, respectively, and a dual-band catalog with 450 continuum sources. These sources are marginally resolved at a resolution of 2000 au. We find a universal deviation (&gt;70% of the source sample) from commonly used dust modified blackbody (MBB) models, characterized by either low spectral indices or low brightness temperatures.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Conclusions&lt;/italic&gt;. Three possible explanations are discussed for the deviation. (1) Optically thick class 0/I young stellar objects (YSOs) with a very small beam filling factor can lead to lower brightness temperatures than what MBB models predict. (2) Large dust grains with millimeter or centimeter in size have more significant self-scattering, and frequency-dependent albedo could therefore cause lower spectral indices. (3) Free-free emission over 30 μJy can severely contaminate dust emission and cause low spectral indices for milliJansky sources, although the number of massive protostars (embedded UCH&lt;sc&gt;II&lt;/sc&gt;regions) needed is infeasibly high for the normal stellar initial mass function. A reliable measurement of the SFR at low protostellar masses will require future work to distinguish between these possible explanations.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2206509</t>
+    <t>2206509; 2309542; 2309536; 2108989; 2009842</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>