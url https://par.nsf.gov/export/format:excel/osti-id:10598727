--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -125,51 +125,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-10-01T04:00:00Z</t>
   </si>
   <si>
     <t>Physical Review D</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>2470-0010</t>
   </si>
   <si>
     <t>&lt;p&gt;A search for electroweak production of a single vectorlike&lt;math display='inline'&gt;&lt;mi&gt;T&lt;/mi&gt;&lt;/math&gt;quark in association with a bottom (&lt;math display='inline'&gt;&lt;mi&gt;b&lt;/mi&gt;&lt;/math&gt;) quark in the all-hadronic decay channel is presented. This search uses proton-proton collision data at&lt;math display='inline'&gt;&lt;msqrt&gt;&lt;mi&gt;s&lt;/mi&gt;&lt;/msqrt&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;13&lt;/mn&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mi&gt;TeV&lt;/mi&gt;&lt;/math&gt;collected by the CMS experiment at the CERN LHC during 2016–2018, corresponding to an integrated luminosity of&lt;math display='inline'&gt;&lt;mn&gt;138&lt;/mn&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;msup&gt;&lt;mi&gt;fb&lt;/mi&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;1&lt;/mn&gt;&lt;/mrow&gt;&lt;/msup&gt;&lt;/math&gt;. The&lt;math display='inline'&gt;&lt;mi&gt;T&lt;/mi&gt;&lt;/math&gt;quark is assumed to have charge&lt;math display='inline'&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;mo&gt;/&lt;/mo&gt;&lt;mn&gt;3&lt;/mn&gt;&lt;/math&gt;and decay to a top (&lt;math display='inline'&gt;&lt;mi&gt;t&lt;/mi&gt;&lt;/math&gt;) quark and a Higgs (&lt;math display='inline'&gt;&lt;mi&gt;H&lt;/mi&gt;&lt;/math&gt;) or&lt;math display='inline'&gt;&lt;mi&gt;Z&lt;/mi&gt;&lt;/math&gt;boson. Hadronic decays of the&lt;math display='inline'&gt;&lt;mi&gt;t&lt;/mi&gt;&lt;/math&gt;quark and the&lt;math display='inline'&gt;&lt;mi&gt;H&lt;/mi&gt;&lt;/math&gt;or&lt;math display='inline'&gt;&lt;mi&gt;Z&lt;/mi&gt;&lt;/math&gt;boson are reconstructed from the kinematic properties of jets, including those containing&lt;math display='inline'&gt;&lt;mi&gt;b&lt;/mi&gt;&lt;/math&gt;hadrons. No deviation from the standard model prediction is observed in the reconstructed&lt;math display='inline'&gt;&lt;mi&gt;t&lt;/mi&gt;&lt;mi&gt;H&lt;/mi&gt;&lt;/math&gt;and&lt;math display='inline'&gt;&lt;mi&gt;t&lt;/mi&gt;&lt;mi&gt;Z&lt;/mi&gt;&lt;/math&gt;invariant mass distributions. The 95% confidence level upper limits on the product of the production cross section and branching fraction of a&lt;math display='inline'&gt;&lt;mi&gt;T&lt;/mi&gt;&lt;/math&gt;quark produced in association with a&lt;math display='inline'&gt;&lt;mi&gt;b&lt;/mi&gt;&lt;/math&gt;quark and decaying via&lt;math display='inline'&gt;&lt;mi&gt;t&lt;/mi&gt;&lt;mi&gt;H&lt;/mi&gt;&lt;/math&gt;or&lt;math display='inline'&gt;&lt;mi&gt;t&lt;/mi&gt;&lt;mi&gt;Z&lt;/mi&gt;&lt;/math&gt;range from 1260 to 68 fb for&lt;math display='inline'&gt;&lt;mi&gt;T&lt;/mi&gt;&lt;/math&gt;quark masses of 600–1200 GeV.&lt;/p&gt; &lt;sec&gt;&lt;supplementary-material&gt;&lt;permissions&gt;&lt;copyright-statement&gt;© 2024 CERN, for the CMS Collaboration&lt;/copyright-statement&gt;&lt;copyright-year&gt;2024&lt;/copyright-year&gt;&lt;copyright-holder&gt;CERN&lt;/copyright-holder&gt;&lt;/permissions&gt;&lt;/supplementary-material&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2209764; 2121686</t>
+    <t>2209764; 2121686; 2110972</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Physical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>