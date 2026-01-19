--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2025-06-09T04:00:00Z</t>
   </si>
   <si>
     <t>Global Change Biology</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>1354-1013</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt;
  &lt;p&gt;Nature‐based climate solutions in Earth's forests could strengthen the land carbon sink and contribute to climate mitigation, but must adequately account for climate risks to the durability of carbon storage. Forest carbon offset protocols use a “buffer pool” to insure against disturbance risks that may compromise durability. However, the extent to which current buffer pool tools and allocations align with current scientific data or models is not well understood. Here, we use a tropical forest stand biomass model and an extensive set of long‐term tropical forest plots to test whether current buffer pool contributions are adequate to insure against observed disturbance regimes. We find that forest age and disturbance regime both influence necessary buffer pool sizes. In the majority of disturbance scenarios in a major carbon registry buffer pool tool, current buffer pools are substantially smaller than required by carbon cycle science. Buffer pool tools and estimates urgently need to be updated to accurately assess disturbance regimes and climate change impact on disturbances based on rigorous, open scientific datasets for nature‐based climate solutions to succeed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2003205</t>
+    <t>2003205; 2003017; 2044937; 2325700</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>