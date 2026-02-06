--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,171 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...119 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -185,183 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10599076</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Enabling Intelligent Immersive Learning using Deep Learning-based Learner Confidence Estimation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lor, MA; Chen, SC; Shyu, ML; Tao, Y; Vassigh, S</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-07T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>55-60</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In today’s world, augmented reality and virtual reality (AR/VR) technologies have become more accessible to the public than ever. This brings the possibility of immersive learning to the forefront of education for future generations. However, there is still much to discover and improve in using these technologies to analyze and understand learning. This paper explores the utilization of data captured through AR/VR headsets during an immersive training program for industrial robotics. This includes data on time spent, eye gaze, and hand movement during a range of activities to track a learner’s understanding of the content and intelligently estimate learner confidence within these environments using deep learning. Leveraging a dataset that comprises responses and confidence levels from 10 individuals across 35 questions, we aim to improve the uses and applicability of confidence estimation. We explore the possibility of training a model using learners’ data to dynamically fine-tune lessons and activities for each individual, thereby improving performance.
+We demonstrate that a pre-trained compact LSTM classification model can be fine-tuned with relatively small data, for enhanced
+performance on an individual basis for better personalized learning.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2202610</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Institute of Electrical and Electronics Engineers (IEEE)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>