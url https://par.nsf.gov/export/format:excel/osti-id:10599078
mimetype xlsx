--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10599078</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/EDUNINE62377.2025.10980843</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Work in Progress: VR-based Robotics Training for AEC Industry</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bogosian, Biayna; Vassigh, Shahin; Narula, Bhavleen Kaur; Corrigan, Seth; Perez, Giancarlo; Lor, Mohammadreza Akbari; Vodinepally, Bhanu; Erana, Tisa Islam; Alan_Finlayson, Mark; Chen, Shu-Ching</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-03-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 4</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3315-4278-8</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This paper introduces the Intelligent Learning Platform for Robotics Operations (IL-PRO), a Virtual Reality (VR) system designed to enhance robotics training in the Architecture, Engineering, and Construction (AEC) industry. IL-PRO addresses the growing need for effective training methods as the AEC sector adopts robotic automation. The system integrates VR technology with game-assisted learning, combining online multimedia lessons for theory with immersive VR tasks for practical skills. Developed iteratively using Design-Based Research principles, IL-PRO incorporates realistic robot simulations and progressive task complexity. The VR environment, built in Unity, aims to enhance engagement, motor coordination, and spatial awareness in robotics training. While future goals include AI-driven personalized instruction, this work-in-progress focuses on VR curriculum development and implementation. The paper concludes by discussing future directions, including curriculum expansion and cross-institutional adoption, to establish new benchmarks in innovative robotics education for the AEC industry.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2202610</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Montevideo, Uruguay</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>