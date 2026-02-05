--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,196 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
-[...144 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -210,193 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...68 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10599352</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/fmars.2025.1508287</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Penguin guano suppresses the grazing rate and modifies swimming behavior in Antarctic Krill (Euphausia superba)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hellessey, Nicole; Weissburg, Marc; Fields, David M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>NA</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Fernandez, J</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-03-20T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in Marine Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>X</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1-13</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2296-7745</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Antarctic krill (&lt;italic&gt;Euphausia superba&lt;/italic&gt;) are a key component of the Antarctic ecosystem linking primary and some secondary production to higher trophic levels including fish, penguins, seals, and whales. Understanding their response to environmental stimuli therefore provides insights into the trophic ecology of Antarctic systems. This laboratory study quantified the influence of penguin guano, a presumptive predator cue, chlorophyll concentration and flow speed on krill swimming behavior. In addition, ingestion rates with and without guano were measured. Such inquiries are necessary to determine if predator risk cues modify krill activities in ways that have consequences for other members of the Antarctic trophic web. Krill often exhibited acute turns when guano was present and varied their swimming speeds more when guano was present. These are both indicators of avoidance behavior to the negative chemical cues represented by penguin guano. Similarly, krill’s ingestion rates dropped significantly for a prolonged period of time in the presence of guano. This decrease in feeding will have impacts on krill’s nutritional value to their predators, prey uptake rates (prey survival) and the sequestration of carbon to the deep ocean as krill decrease their defecation rates. This study supports the hypothesis that krill use chemical signals to detect and behaviorally respond to food and predation risk.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1840949</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t>2 mb</t>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t>pdf</t>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Frontiers in Marine Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>