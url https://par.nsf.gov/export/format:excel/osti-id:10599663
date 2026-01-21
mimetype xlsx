--- v0 (2025-11-02)
+++ v1 (2026-01-21)
@@ -119,51 +119,51 @@
   <si>
     <t>Twigg, Emily; Miloslavich, Patricia; Urban, Edward; Zitoun, Rebecca</t>
   </si>
   <si>
     <t>Scientific_Committee_On_Oceanic_Research</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Oceanography</t>
   </si>
   <si>
     <t>1042-8275</t>
   </si>
   <si>
     <t>&lt;p&gt;The capacity sharing approach of the Scientific Committee on Oceanic Research (SCOR) focuses on supporting opportunities for individual ocean scientists and students within SCOR’s portfolio of scientific activities and through targeted capacity development opportunities (Morrison et al., 2013; Urban and Seeyave, 2021; Miloslavich et al., 2022; Seeyave et al., 2025, in this issue). This article focuses on SCOR’s travel grant program that supports the attendance of early career researchers (ECRs) from developing countries at scientific events (see https://scor-int.org/work/capacity/travel-grants/ for a description and application).&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2318309</t>
+    <t>2318309; 2346864</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>The Oceanography Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>