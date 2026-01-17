--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -119,51 +119,51 @@
   <si>
     <t>Renaud, Paul; Belgrano, Andrea; Dupont, Sam; Boyd, Philip; Collins, Sinead; Blenckner, Thomas; Drexler, Michael; Hall-Spenser, Jason; Robinson, Carol; Weber, Charlotte; Vargas, Cristian</t>
   </si>
   <si>
     <t>Akvaplan-niva</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Oceanography</t>
   </si>
   <si>
     <t>1042-8275</t>
   </si>
   <si>
     <t>&lt;p&gt;Addressing global challenges such as climate change requires large-scale collective actions, but such actions are hindered by the complexity and scale of the problem and the uncertainty in the long-term benefit of short-term actions (Jagers et al., 2019). In addition to climate change, socio-ecological systems face the cumulative pressures associated with resource needs, technology development, industrial expansion, and area conflicts. In marine systems, this has been called “the blue acceleration” (Jouffray et al., 2020) and is referred to as “socio-ecological pressures” in this paper. These socio-ecological pressures reduce our ability to reach the UN Sustainable Development Goals and meet the challenges of the UN Ocean Decade, and require integrating knowledge within a shared conceptual framework. For example, achieving sustainable growth must integrate ecological, socioeconomic, and governance perspectives on a larger scale by considering ecological impacts, ecosystem carrying capacities, economic trade-offs, social acceptability, and policy realities. This requires capacity development whereby actors unite to bridge disciplinary boundaries to meet challenges of complex systems.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2318309</t>
+    <t>2318309; 1840868</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>The Oceanography Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>