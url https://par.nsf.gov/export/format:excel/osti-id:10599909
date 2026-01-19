--- v0 (2025-11-03)
+++ v1 (2026-01-19)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-10T05:00:00Z</t>
   </si>
   <si>
     <t>International Journal of Modern Physics A</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>01</t>
   </si>
   <si>
     <t>0217-751X</t>
   </si>
   <si>
     <t>&lt;p&gt;There are two sets of orbits of the Virasoro group which admit a Kähler structure. We consider the construction of coherent states for the orbit [Formula: see text] which furnishes unitary representations of the group. The procedure is analogous to geometric quantization using a holomorphic polarization. We also give an explicit formula for the Kähler potential for this orbit and comment on normalization of the coherent states. We further explore some of the properties of these states, including the definition of symbols corresponding to operators and their star products. Some comments which touch upon the possibility of applying this to gravity in [Formula: see text] dimensions are also given.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2412479</t>
+    <t>2412479; 2112729</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>World Scientific Publishing Co</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>