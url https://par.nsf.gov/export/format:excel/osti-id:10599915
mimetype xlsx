--- v0 (2025-10-31)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -110,72 +110,66 @@
   <si>
     <t>10599915</t>
   </si>
   <si>
     <t>https://doi.org/10.1117/12.3020360</t>
   </si>
   <si>
     <t>GPI 2.0: pre-integrated pyramid wavefront sensor results</t>
   </si>
   <si>
     <t>Perera, Saavidra; Maire, Jérôme; Do_Ó, Clarissa R; Nguyen, Jayke S; Chambouleyron, Vincent; Konopacky, Quinn M; Chilcote, Jeffrey; Sands, Brian; Hamper, Randall; Engstrom, Matthew; Fitzsimmons, Joeleff; Kerley, Dan; Macintosh, Bruce; Marois, Christian; Rantakyrö, Fredrik; Savransky, Dmitry; Véran, Jean-Pierre; Agapito, Guido; Ammons, S Mark; Bonaglia, Marco; Boucher, Marc-André; Burke, Joel; Dillon, Daren; Dunn, Jennifer S; Esposito, Simone; Filion, Guillaume; Galvan, Oyku; Landry, Jean-Thomas; Lardière, Olivier; Li, Duan; Madurowicz, Alexander B; Mocnik, Teo; Peng, Dillon; Poyneer, Lisa; Quiroz, Carlos; Singh, Garima; Spalding, Eckhart</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Schmidt, Dirk; Vernet, Elise; Jackson, Kathryn J</t>
   </si>
   <si>
     <t>2024-08-27T04:00:00Z</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>9781510675179</t>
-[...1 lines deleted...]
-  <si>
     <t>The Gemini Planet Imager (GPI) is a high-contrast imaging instrument designed to directly detect and char- acterise young, Jupiter-mass exoplanets. After six years of operation at the Gemini South Telescope in Chile, the instrument is being upgraded and moved to the Gemini North Telescope in Hawaii as GPI 2.0. Several improvements have been made to the adaptive optics (AO) system as part of this upgrade. This includes re- placing the current Shack-Hartmann wavefront sensor with a pyramid wavefront sensor (PWFS) and a custom EMCCD. These changes will increase GPI’s sky coverage by accessing fainter targets, improving corrections on fainter stars and allowing faster and ultra-low latency operations on brighter targets. The PWFS subsystem was independently built and tested to verify its performance before being integrated into the GPI 2.0 instrument. This paper will present the pre-integration performance test results, including pupil image quality, throughput and linearity without modulation.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2046883</t>
+    <t>2046883; 1920180</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>SPIE</t>
-  </si>
-[...1 lines deleted...]
-    <t>Yokohama, Japan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -300,79 +294,75 @@
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="H2" s="0"/>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="L2" s="0"/>
-      <c r="M2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="N2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>38</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>39</v>
       </c>
-      <c r="W2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>