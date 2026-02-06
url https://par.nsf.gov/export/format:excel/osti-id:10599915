--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10599915</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1117/12.3020360</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>GPI 2.0: pre-integrated pyramid wavefront sensor results</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Perera, Saavidra; Maire, Jérôme; Do_Ó, Clarissa R; Nguyen, Jayke S; Chambouleyron, Vincent; Konopacky, Quinn M; Chilcote, Jeffrey; Sands, Brian; Hamper, Randall; Engstrom, Matthew; Fitzsimmons, Joeleff; Kerley, Dan; Macintosh, Bruce; Marois, Christian; Rantakyrö, Fredrik; Savransky, Dmitry; Véran, Jean-Pierre; Agapito, Guido; Ammons, S Mark; Bonaglia, Marco; Boucher, Marc-André; Burke, Joel; Dillon, Daren; Dunn, Jennifer S; Esposito, Simone; Filion, Guillaume; Galvan, Oyku; Landry, Jean-Thomas; Lardière, Olivier; Li, Duan; Madurowicz, Alexander B; Mocnik, Teo; Peng, Dillon; Poyneer, Lisa; Quiroz, Carlos; Singh, Garima; Spalding, Eckhart</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Schmidt, Dirk; Vernet, Elise; Jackson, Kathryn J</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The Gemini Planet Imager (GPI) is a high-contrast imaging instrument designed to directly detect and char- acterise young, Jupiter-mass exoplanets. After six years of operation at the Gemini South Telescope in Chile, the instrument is being upgraded and moved to the Gemini North Telescope in Hawaii as GPI 2.0. Several improvements have been made to the adaptive optics (AO) system as part of this upgrade. This includes re- placing the current Shack-Hartmann wavefront sensor with a pyramid wavefront sensor (PWFS) and a custom EMCCD. These changes will increase GPI’s sky coverage by accessing fainter targets, improving corrections on fainter stars and allowing faster and ultra-low latency operations on brighter targets. The PWFS subsystem was independently built and tested to verify its performance before being integrated into the GPI 2.0 instrument. This paper will present the pre-integration performance test results, including pupil image quality, throughput and linearity without modulation.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2046883; 1920180</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>SPIE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>