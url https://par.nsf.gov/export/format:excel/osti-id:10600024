--- v0 (2025-11-03)
+++ v1 (2026-01-18)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Comptes Rendus. Mécanique</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>G1</t>
   </si>
   <si>
     <t>177 to 194</t>
   </si>
   <si>
     <t>1873-7234</t>
   </si>
   <si>
     <t>&lt;p&gt;In honor of Yvonne Choquet-Bruhat’s 100th birthday, we present this survey on the positive mass theorem. Originating from a conjecture in general relativity regarding the ADM mass, the positive mass theorem has significantly influenced geometry and analysis over the past four decades and continued to inspire new connections. We review seminal contributions as well as recent advances, and then we focus our discussions on the equality case and the counter-examples arising from pp-wave spacetimes.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1928930</t>
+    <t>1928930; 2304966</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Mersenne Center for open scientific publishing</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>