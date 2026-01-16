--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -125,51 +125,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-02-01T05:00:00Z</t>
   </si>
   <si>
     <t>Physical Review D</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2470-0010</t>
   </si>
   <si>
     <t>&lt;p&gt;Large neutrino liquid argon time projection chamber (LArTPC) experiments can broaden their physics reach by reconstructing and interpreting MeV-scale energy depositions, or blips, present in their data. We demonstrate new calorimetric and particle discrimination capabilities at the MeV energy scale using reconstructed blips in data from the MicroBooNE LArTPC at Fermilab. We observe a concentration of low-energy (&lt;math display='inline'&gt;&lt;mo&gt;&lt;&lt;/mo&gt;&lt;mn&gt;3&lt;/mn&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mi&gt;MeV&lt;/mi&gt;&lt;/math&gt;) blips around fiberglass mechanical support struts along the time projection chamber edges with energy spectrum features consistent with the Compton edge of 2.614 MeV&lt;math display='inline'&gt;&lt;mrow&gt;&lt;mmultiscripts&gt;&lt;mrow&gt;&lt;mi&gt;Tl&lt;/mi&gt;&lt;/mrow&gt;&lt;mprescripts/&gt;&lt;none/&gt;&lt;mrow&gt;&lt;mn&gt;208&lt;/mn&gt;&lt;/mrow&gt;&lt;/mmultiscripts&gt;&lt;/mrow&gt;&lt;/math&gt;decay&lt;math display='inline'&gt;&lt;mi&gt;γ&lt;/mi&gt;&lt;/math&gt;rays. These features are used to verify proper calibration of electron energy scales in MicroBooNE’s data to few percent precision and to measure the specific activity of&lt;math display='inline'&gt;&lt;mrow&gt;&lt;mmultiscripts&gt;&lt;mrow&gt;&lt;mi&gt;Tl&lt;/mi&gt;&lt;/mrow&gt;&lt;mprescripts/&gt;&lt;none/&gt;&lt;mrow&gt;&lt;mn&gt;208&lt;/mn&gt;&lt;/mrow&gt;&lt;/mmultiscripts&gt;&lt;/mrow&gt;&lt;/math&gt;in the fiberglass composing these struts,&lt;math display='inline'&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mn&gt;11.7&lt;/mn&gt;&lt;mo&gt;±&lt;/mo&gt;&lt;mn&gt;0.2&lt;/mn&gt;&lt;mrow&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mi&gt;stat&lt;/mi&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;/mrow&gt;&lt;mo&gt;±&lt;/mo&gt;&lt;mn&gt;3.1&lt;/mn&gt;&lt;mrow&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mi&gt;syst&lt;/mi&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;/mrow&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mi&gt;Bq&lt;/mi&gt;&lt;mo&gt;/&lt;/mo&gt;&lt;mi&gt;kg&lt;/mi&gt;&lt;/math&gt;. Cosmogenically produced blips above 3 MeV in reconstructed energy are used to showcase the ability of large LArTPCs to distinguish between low-energy proton and electron energy depositions. An enriched sample of low-energy protons selected using this new particle discrimination technique is found to be smaller in data than in dedicated cosmic-ray simulations, suggesting either incorrect modeling of incident cosmic fluxes or particle transport modeling issues in eant4.&lt;/p&gt; &lt;sec&gt;&lt;supplementary-material&gt;&lt;permissions&gt;&lt;copyright-statement&gt;Published by the American Physical Society&lt;/copyright-statement&gt;&lt;copyright-year&gt;2025&lt;/copyright-year&gt;&lt;/permissions&gt;&lt;/supplementary-material&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2207171</t>
+    <t>2207171; 2209601; 2047665</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>APS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>