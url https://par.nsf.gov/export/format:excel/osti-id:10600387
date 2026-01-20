--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -128,51 +128,51 @@
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of Instrumentation</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>01</t>
   </si>
   <si>
     <t>P01033</t>
   </si>
   <si>
     <t>1748-0221</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;This paper reports on a measurement of electron-ion recombination in liquid argon in the ICARUS liquid argon time projection chamber (LArTPC). A clear dependence of recombination on the angle of the ionizing particle track relative to the drift electric field is observed. An ellipsoid modified box (EMB) model of recombination describes the data across all measured angles. These measurements are used for the calorimetric energy scale calibration of the ICARUS TPC, which is also presented. The impact of the EMB model is studied on calorimetric particle identification, as well as muon and proton energy measurements. Accounting for the angular dependence in EMB recombination improves the accuracy and precision of these measurements.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2207171</t>
+    <t>2207171; 2209601</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>APS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>