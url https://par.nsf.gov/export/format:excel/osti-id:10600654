--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -113,60 +113,57 @@
   <si>
     <t>https://doi.org/10.1007/978-981-96-5032-3_5</t>
   </si>
   <si>
     <t>CaloBench: A Benchmark Study of Generative Models for Calorimeter Showers</t>
   </si>
   <si>
     <t>Ahmad, Farzana Yasmin; Venkataswamy, Vanamala; Fox, Geoffrey</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Lin, Weiwei; Jia, Zhen; Hunold, Sascha; Kang, Guoxin</t>
   </si>
   <si>
     <t>2025-04-25T04:00:00Z</t>
   </si>
   <si>
     <t>70 to 95</t>
   </si>
   <si>
     <t>0302-9743</t>
   </si>
   <si>
-    <t>978-981-96-5032-3</t>
-[...1 lines deleted...]
-  <si>
     <t>The pursuit of understanding fundamental particle interactions has reached unparalleled precision levels. Particle physics detectors play a crucial role in generating low-level object signatures that encode collision physics. However, simulating these particle collisions is computational and memory intensive which will be exasperated with larger data volumes, more complex detectors, and a higher pileup environment in the High-Luminosity Large Hadron Collider. The introduction of Fast Simulation has been pivotal in overcoming computational and memory bottlenecks. The use of deep-generative models has sparked a surge of interest in surrogate modeling for detector simulations, generating particle showers that closely resemble the observed data. Nonetheless, there is a pressing need for a comprehensive evaluation of the performance of such generative models using a standardized set of metrics. In this study, we conducted a rigorous evaluation of three generative models using standard datasets and a diverse set of metrics derived from physics, computer vision, and statistics. Furthermore, we explored the impact of using full versus mixed precision modes during inference. Our evaluation revealed that the CaloDiffusion and CaloScore generative models demonstrate the most accurate simulation of particle showers, yet there remains substantial room for improvement. Our findings identified where the evaluated models fell short in accurately replicating Geant4 data.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2346173</t>
+    <t>2346173; 2212550</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Book Chapter</t>
   </si>
   <si>
     <t>Springer Nature Singapore</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -302,77 +299,75 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="H2" s="0"/>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="L2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="M2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="N2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>