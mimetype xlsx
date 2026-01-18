--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -136,51 +136,51 @@
   </si>
   <si>
     <t>114079</t>
   </si>
   <si>
     <t>0304-3991</t>
   </si>
   <si>
     <t>Electron backscatter diffraction (EBSD) is a powerful tool for determining the orientations of near-surface
 grains in engineering materials. However, many ceramics present challenges for routine EBSD data collection
 and indexing due to small grain sizes, high crack densities, beam and charge sensitivities, low crystal
 symmetries, and pseudo-symmetric pattern variants. Micro-cracked monoclinic hafnia, tetragonal hafnon, and
 hafnia/hafnon composites exhibit all such features, and are used in the present work to show the efficacy of
 a novel workflow based on a direct detecting EBSD sensor and a state-of-the-art pattern indexing approach.
 At 5 and 10 keV primary beam energies (where beam-induced damage and surface charge accumulation are
 minimal), the direct electron detector produces superior diffraction patterns with 10x lower doses compared
 to a phosphor-coupled indirect detector. Further, pseudo-symmetric variant-related indexing errors from a
 Hough-based approach (which account for at least 4%-14% of map areas) are easily resolved by dictionary
 indexing. In short, the workflow unlocks fundamentally new opportunities to characterize materials historically
 unsuited for EBSD.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2203378</t>
+    <t>2203378; 2117843</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Elsevier BV</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>