--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-11-01T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of High Energy Physics</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>1029-8479</t>
   </si>
   <si>
     <t>Generalized global symmetries, in particular non-invertible and categorical symmetries, have become a focal point in the recent study of quantum field theory (QFT). In this paper, we investigate aspects of symmetry topological field theories (SymTFTs) and anomalies of non-invertible symmetries for 2D QFTs from a string theory perspective. Our primary focus is on an infinite class of 2D QFTs engineered on D1-branes probing toric Calabi-Yau 4-fold singularities. We derive 3D SymTFTs from the topological sector of IIB supergravity and discuss the resulting 2D QFTs, which can be intrinsically relative or absolute. For intrinsically relative QFTs, we propose a sufficient condition for them to exist. For absolute QFTs, we show that they exhibit non-invertible symmetries with an elegant brane origin. Furthermore, we find that these non-invertible symmetries can suffer from anomalies, which we discuss from a top-down perspective. Explicit examples are provided, including theories for including theories for Y(p,k)(ℙ2), Y(2,0)(ℙ1×ℙ1), and ℂ4/ℤ4 geometries.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2412479</t>
+    <t>2412479; 2112729; 2014086</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Springer</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>