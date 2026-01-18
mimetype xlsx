--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-10-01T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of High Energy Physics</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>1029-8479</t>
   </si>
   <si>
     <t>A new type of quiver theories, denoted twin quivers, was recently introduced for studying 5d SCFTs engineered by webs of 5-branes ending on 7-branes. Twin quivers provide an alternative perspective on various aspects of such webs, including Hanany-Witten moves and the s-rule. More ambitiously, they can be regarded as a first step towards the construction of combinatorial objects, generalizing brane tilings, encoding the corresponding BPS quivers. This paper continues the investigation of twin quivers, focusing on their non-uniqueness, which stems from the multiplicity of toric phases for a given toric Calabi-Yau 3-fold. We find that the different twin quivers are necessary for describing what we call quiver tails, which in turn correspond to certain sub-configurations in the webs. More generally, the multiplicity of twin quivers captures the roots of the Higgs branch in the extended Coulomb branch of 5d theories.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2412479</t>
+    <t>2412479; 2112729</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Springer</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>