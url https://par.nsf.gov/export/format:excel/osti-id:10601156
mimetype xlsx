--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -128,51 +128,51 @@
   <si>
     <t>2025-05-16T04:00:00Z</t>
   </si>
   <si>
     <t>The Astrophysical Journal</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>0004-637X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Pulsar timing array observations have found evidence for an isotropic gravitational-wave background with the Hellings–Downs angular correlations between pulsar pairs. This interpretation hinges on the measured shape of the angular correlations, which is predominantly quadrupolar under general relativity. Here we explore a more flexible parameterization: we expand the angular correlations into a sum of Legendre polynomials and use a Bayesian analysis to constrain their coefficients with the 15 yr pulsar timing data set collected by the North American Nanohertz Observatory for Gravitational Waves (NANOGrav). When including Legendre polynomials with multipoles&lt;italic&gt;ℓ&lt;/italic&gt;≥ 2, we only find a significant signal in the quadrupole with an amplitude consistent with general relativity and nonzero at the ∼95% confidence level and a Bayes factor of 200. When we include multipoles&lt;italic&gt;ℓ&lt;/italic&gt;≤ 1, the Bayes factor evidence for quadrupole correlations decreases by more than an order of magnitude due to evidence for a monopolar signal at approximately 4 nHz, which has also been noted in previous analyses of the NANOGrav 15 yr data. Further work needs to be done in order to better characterize the properties of this monopolar signal and its effect on the evidence for quadrupolar angular correlations.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1847938</t>
+    <t>1847938; 2414468</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>