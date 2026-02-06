--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10601157</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/adbf90</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Anomalous Acceleration of PSR J2043+1711: Long-period Orbital Companion or Stellar Flyby?</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Donlon, Thomas; Chakrabarti, Sukanya; Lam, Michael T; Huber, Daniel; Hey, Daniel; Ramirez-Ruiz, Enrico; Shappee, Benjamin; Kaplan, David L; Agazie, Gabriella; Anumarlapudi, Akash; Archibald, Anne M; Arzoumanian, Zaven; Baker, Paul T; Brook, Paul R; Cromartie, H Thankful; Crowter, Kathryn; DeCesar, Megan E; Demorest, Paul B; Dolch, Timothy; Ferrara, Elizabeth C; Fiore, William; Fonseca, Emmanuel; Freedman, Gabriel E; Garver-Daniels, Nate; Gentile, Peter A; Glaser, Joseph; Good, Deborah C; Hazboun, Jeffrey S; Huber, Mark; Jennings, Ross J; Jones, Megan L; Kerr, Matthew; Lorimer, Duncan R; Luo, Jing; Lynch, Ryan S; McEwen, Alexander; McLaughlin, Maura A; McMann, Natasha; Meyers, Bradley W; Ng, Cherry; Nice, David J; Pennucci, Timothy T; Perera, Benetge_B P; Pol, Nihan S; Radovan, Henri A; Ransom, Scott M; Ray, Paul S; Schmiedekamp, Ann; Schmiedekamp, Carl; Shapiro-Albert, Brent J; Stairs, Ingrid H; Stovall, Kevin; Susobhanan, Abhimanyu; Swiggum, Joseph K; Tucker, Michael A; Wahl, Haley M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-07T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>983</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Based on the rate of change of its orbital period, PSR J2043+1711 has a substantial peculiar acceleration of 3.5 ± 0.8 mm s&lt;sup&gt;–1&lt;/sup&gt;yr&lt;sup&gt;–1&lt;/sup&gt;, which deviates from the acceleration predicted by equilibrium Milky Way (MW) models at a 4&lt;italic&gt;σ&lt;/italic&gt;level. The magnitude of the peculiar acceleration is too large to be explained by disequilibrium effects of the MW interacting with orbiting dwarf galaxies (∼1 mm s&lt;sup&gt;–1&lt;/sup&gt;yr&lt;sup&gt;–1&lt;/sup&gt;), and too small to be caused by period variations due to the pulsar being a redback. We identify and examine two plausible causes for the anomalous acceleration: a stellar flyby, and a long-period orbital companion. We identify a main-sequence star in Gaia DR3 and Pan-STARRS DR2 with the correct mass, distance, and on-sky position to potentially explain the observed peculiar acceleration. However, the star and the pulsar system have substantially different proper motions, indicating that they are not gravitationally bound. However, it is possible that this is an unrelated star that just happens to be located near J2043+1711 along our line of sight (chance probability of 1.6%). Therefore, we also constrain possible orbital parameters for a circumbinary companion in a hierarchical triple system with J2043+1711; the changes in the spindown rate of the pulsar are consistent with an outer object that has an orbital period of 60 kyr, a companion mass of 0.3&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;(indicative of a white dwarf or low-mass star), and a semimajor axis of 1900 au. Continued timing and/or future faint optical observations of J2043+1711 may eventually allow us to differentiate between these scenarios.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1847938</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>