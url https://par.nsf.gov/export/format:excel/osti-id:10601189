--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -125,51 +125,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-05-01T04:00:00Z</t>
   </si>
   <si>
     <t>Physical Review D</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2470-0010</t>
   </si>
   <si>
     <t>&lt;p&gt;We present complete results for the hadronic vacuum polarization (HVP) contribution to the muon anomalous magnetic moment&lt;math display='inline'&gt;&lt;msub&gt;&lt;mi&gt;a&lt;/mi&gt;&lt;mi&gt;μ&lt;/mi&gt;&lt;/msub&gt;&lt;/math&gt;in the short- and intermediate-distance window regions, which account for roughly 10% and 35% of the total HVP contribution to&lt;math display='inline'&gt;&lt;msub&gt;&lt;mi&gt;a&lt;/mi&gt;&lt;mi&gt;μ&lt;/mi&gt;&lt;/msub&gt;&lt;/math&gt;, respectively. In particular, we perform lattice-QCD calculations for the isospin-symmetric connected and disconnected contributions, as well as corrections due to strong-isospin breaking. For the short-distance window observables, we investigate the so-called log-enhancement effects as well as the significant oscillations associated with staggered quarks in this region. For the dominant, isospin-symmetric light-quark-connected contribution, we obtain&lt;math display='inline'&gt;&lt;mrow&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mi&gt;a&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;μ&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;l&lt;/mi&gt;&lt;mi&gt;l&lt;/mi&gt;&lt;mo&gt;,&lt;/mo&gt;&lt;mi&gt;SD&lt;/mi&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mi&gt;conn&lt;/mi&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;48.139&lt;/mn&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mn&gt;11&lt;/mn&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;stat&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mn&gt;91&lt;/mn&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;syst&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo stretchy='false'&gt;[&lt;/mo&gt;&lt;mn&gt;92&lt;/mn&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mo stretchy='false'&gt;]&lt;/mo&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mtext&gt;total&lt;/mtext&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;×&lt;/mo&gt;&lt;msup&gt;&lt;mrow&gt;&lt;mn&gt;10&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;10&lt;/mn&gt;&lt;/mrow&gt;&lt;/msup&gt;&lt;/mrow&gt;&lt;/math&gt;and&lt;math display='inline'&gt;&lt;mrow&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mi&gt;a&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;μ&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;l&lt;/mi&gt;&lt;mi&gt;l&lt;/mi&gt;&lt;mo&gt;,&lt;/mo&gt;&lt;mi mathvariant='normal'&gt;W&lt;/mi&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mrow&gt;&lt;mi&gt;conn&lt;/mi&gt;&lt;/mrow&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;206.90&lt;/mn&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mn&gt;14&lt;/mn&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;stat&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mn&gt;61&lt;/mn&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;syst&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo stretchy='false'&gt;[&lt;/mo&gt;&lt;mn&gt;63&lt;/mn&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mo stretchy='false'&gt;]&lt;/mo&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mtext&gt;total&lt;/mtext&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;×&lt;/mo&gt;&lt;msup&gt;&lt;mrow&gt;&lt;mn&gt;10&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;10&lt;/mn&gt;&lt;/mrow&gt;&lt;/msup&gt;&lt;/mrow&gt;&lt;/math&gt;. We use Bayesian model averaging to fully estimate the covariance matrix between the individual contributions. Our determinations of the complete window contributions are&lt;math display='inline'&gt;&lt;mrow&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mi&gt;a&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;μ&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;SD&lt;/mi&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;69.05&lt;/mn&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mn&gt;1&lt;/mn&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;stat&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mn&gt;21&lt;/mn&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;syst&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo stretchy='false'&gt;[&lt;/mo&gt;&lt;mn&gt;21&lt;/mn&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mo stretchy='false'&gt;]&lt;/mo&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mtext&gt;total&lt;/mtext&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;×&lt;/mo&gt;&lt;msup&gt;&lt;mrow&gt;&lt;mn&gt;10&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;10&lt;/mn&gt;&lt;/mrow&gt;&lt;/msup&gt;&lt;/mrow&gt;&lt;/math&gt;and&lt;math display='inline'&gt;&lt;mrow&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mi&gt;a&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;μ&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;W&lt;/mi&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;236.45&lt;/mn&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mn&gt;17&lt;/mn&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;stat&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mn&gt;83&lt;/mn&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;syst&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo stretchy='false'&gt;[&lt;/mo&gt;&lt;mn&gt;85&lt;/mn&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mo stretchy='false'&gt;]&lt;/mo&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mtext&gt;total&lt;/mtext&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;×&lt;/mo&gt;&lt;msup&gt;&lt;mrow&gt;&lt;mn&gt;10&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;10&lt;/mn&gt;&lt;/mrow&gt;&lt;/msup&gt;&lt;/mrow&gt;&lt;/math&gt;. This work is part of our ongoing effort to compute all contributions to HVP with an overall uncertainty at the few-permille level.&lt;/p&gt; &lt;sec&gt;&lt;supplementary-material&gt;&lt;permissions&gt;&lt;copyright-statement&gt;Published by the American Physical Society&lt;/copyright-statement&gt;&lt;copyright-year&gt;2025&lt;/copyright-year&gt;&lt;/permissions&gt;&lt;/supplementary-material&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2310571</t>
+    <t>2310571; 2309946</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Physical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>