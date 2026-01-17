--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -110,51 +110,51 @@
   <si>
     <t>10601296</t>
   </si>
   <si>
     <t>https://doi.org/10.1007/978-3-031-72069-7_22</t>
   </si>
   <si>
     <t>Interpretable Spatio-Temporal Embedding for Brain Structural-Effective Network with Ordinary Differential Equation</t>
   </si>
   <si>
     <t>Tang, Haoteng; Liu, Guodong; Dai, Siyuan; Ye, Kai; Zhao, Kun; Wang, Wenlu; Yang, Carl; He, Lifang; Leow, Alex; Thompson, Paul; Huang, Heng; Zhan, Liang</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>227 to 237</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2112631; 2319450; 2045848</t>
+    <t>2112631; 2319450; 2045848; 2215789; 2319451</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Book Chapter</t>
   </si>
   <si>
     <t>Springer Nature Switzerland</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>