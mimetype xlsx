--- v0 (2025-11-03)
+++ v1 (2026-01-16)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2022-07-07T04:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the ACM on Interactive, Mobile, Wearable and Ubiquitous Technologies</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2474-9567</t>
   </si>
   <si>
     <t>&lt;p&gt;The recent prevalence of machine learning-based techniques and smart device embedded sensors has enabled widespread human-centric sensing applications. However, these applications are vulnerable to false data injection attacks (FDIA) that alter a portion of the victim's sensory signal with forged data comprising a targeted trait. Such a mixture of forged and valid signals successfully deceives the continuous authentication system (CAS) to accept it as an authentic signal. Simultaneously, introducing a targeted trait in the signal misleads human-centric applications to generate specific targeted inference; that may cause adverse outcomes. This paper evaluates the FDIA's deception efficacy on sensor-based authentication and human-centric sensing applications simultaneously using two modalities - accelerometer, blood volume pulse signals. We identify variations of the FDIA such as different forged signal ratios, smoothed and non-smoothed attack samples. Notably, we present a novel attack detection framework named Siamese-MIL that leverages the Siamese neural networks' generalizable discriminative capability and multiple instance learning paradigms through a unique sensor data representation. Our exhaustive evaluation demonstrates Siamese-MIL's real-time execution capability and high efficacy in different attack variations, sensors, and applications.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2124285</t>
+    <t>2124285; 2526174</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>p. 1-22</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Association for Computing Machinery (ACM)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>