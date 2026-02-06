--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,182 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="42">
-[...130 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -196,183 +65,309 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10603946</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Chapter 7: Education</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Etchemendy, John; Fattorini, Loredana; Gangas, Lili; Gil, Yolanda; Goins, Rachel; Hinton, Laura; Koshy, Sonia; Lundgren, Kirsten; Maslej, Nestor; Cruz_Novohatski, Lisa; Parli, Vanessa; Perrault, Ray; Scott, Allison; Soley, Andreen; Twarek, Bryan; Vehmeijer, Laurens</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Institute_for_Human-Centered_AI; Stanford_University</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Maslej, Nestor; Fattorini, Loredana; Perrault, Raymond; Gil, Yolanda; Parli, Vanessa; Kariuki, Njenga; Capstick, Emily; Reuel, Anka; Brynjolfsson, Erik; Etchemendy, John; Ligett, Katrina; Lyons, Terah; Manyika, James; Niebles, Juan Carlos; Shoham, Yoav; Wald, Russell; Walsh, Tobi; Hamrah, Armin; Santarlasci, Lapo; Betts_Lotufo, Julia; Rome, Alexandra; Shi, Andrew; Oak, Sukrut</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>AI has entered the public consciousness through generative AI’s impact on work—enhancing efficiency and automating tasks—but it has also driven innovation in education and personalized learning. Still, while AI promises benefits, it also poses risks—from hallucinating false outputs to reinforcing biases and diminishing critical thinking. With the AI education market expected to grow substantially, ethical concerns about the technology’s misuse—AI tools have already falsely accused marginalized students of cheating—are mounting, highlighting the need for responsible creation and deployment.
+Addressing these challenges requires both technical literacy and critical engagement with AI’s societal impact. Expanding AI expertise must begin in K–12 and higher education in order to ensure that students are prepared to be responsible users and developers. AI education cannot exist in isolation—it must align with broader computer
+science (CS) education efforts. This chapter examines the global state of AI and CS education, access disparities, and policies shaping AI’s role in learning.
+This chapter was a collaboration prepared by the Kapor Foundation, CSTA, PIT-UN and the AI Index. The Kapor Foundation works at the intersection of racial equity and
+technology to build equitable and inclusive computing education pathways, advance tech policies that mitigate harms and promote equitable opportunity, and deploy capital to support responsible, ethical, and equitable tech solutions. The CSTA is a global membership organization that unites, supports, and empowers educators to enhance the quality, accessibility, and inclusivity of computer science education. The Public Interest Technology University Network (PIT-UN) fosters collaboration between universities and colleges to build the PIT field and nurture a new generation of civic-minded technologists.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2311746; 2444214</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t>3MB</t>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t>per</t>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Book Chapter</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The AI Index 2025 Annual Report</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>