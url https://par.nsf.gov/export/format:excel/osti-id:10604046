--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10604046</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/ITHET61869.2024.10837612</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Evaluation of Data Literacy Frameworks and a Self-Data Curriculum for High School Students</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hernandez-Serrano, Maria Jose; Zerwas, Felicia; Matuk, Camillia; Chatufale, Girija; Ochoa, Xavier; Dikker, Suzanne</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-06T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 7</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>With the emergence of self-tracking devices that collect and produce real-time personal data, it is becoming increasingly necessary to innovate data literacy frameworks and student curricula to address new competencies in data handling, visualization, and use. We examine the evolution of data literacy frameworks across the past 7 years, specifically focusing on the inclusion of self-data competencies. We analyzed existing data literacy frameworks to identify common phases of data engagement. A scoping review of published data literacy frameworks was conducted, and 23 studies were included for analysis. Results from this scoping review demonstrate the existence of at least eight sequential phases of data engagement to develop data literacy. Two of these phases address personal or self-data competencies. We then describe a curriculum that addresses these eight phases of data engagement by pairing biometric devices with online tools and educational materials to scaffold self-data knowledge, skills, and attitudes. Based on this, we conclude with the need to propose holistic data literacy education programmes, considering the curriculum as a model to guide similar materials aimed at fostering emerging data competencies.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2241751; 1908482</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>