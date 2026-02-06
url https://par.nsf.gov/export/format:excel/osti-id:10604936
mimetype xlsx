--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10604936</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3698826</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Provenance-Enabled Explainable AI</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang, Jiachi; Zhou, Wenchao; Ujcich, Benjamin E</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-18T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Management of Data</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 27</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2836-6573</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Machine learning (ML) algorithms have advanced significantly in recent years, progressively evolving into artificial intelligence (AI) agents capable of solving complex, human-like intellectual challenges. Despite the advancements, the interpretability of these sophisticated models lags behind, with many ML architectures remaining black boxes that are too intricate and expansive for human interpretation. Recognizing this issue, there has been a revived interest in the field of explainable AI (XAI) aimed at explaining these opaque ML models. However, XAI tools often suffer from being tightly coupled with the underlying ML models and are inefficient due to redundant computations. We introduce provenance-enabled explainable AI (PXAI). PXAI decouples XAI computation from ML models through a provenance graph that tracks the creation and transformation of all data within the model. PXAI improves XAI computational efficiency by excluding irrelevant and insignificant variables and computation in the provenance graph. Through various case studies, we demonstrate how PXAI enhances computational efficiency when interpreting complex ML models, confirming its potential as a valuable tool in the field of XAI.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1704189</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM Special Interest Group on Management of Data</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>