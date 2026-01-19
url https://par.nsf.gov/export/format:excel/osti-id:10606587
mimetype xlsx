--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2022-09-07T04:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the ACM on Interactive, Mobile, Wearable and Ubiquitous Technologies</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2474-9567</t>
   </si>
   <si>
     <t>&lt;p&gt;The presented first-of-its-kind study effectively identifies and visualizes the second-by-second pattern differences in the physiological arousal of preschool-age children who do stutter (CWS) and who do not stutter (CWNS) while speaking perceptually fluently in two challenging conditions: speaking in stressful situations and narration. The first condition may affect children's speech due to high arousal; the latter introduces linguistic, cognitive, and communicative demands on speakers. We collected physiological parameters data from 70 children in the two target conditions. First, we adopt a novel modality-wise multiple-instance-learning (MI-MIL) approach to classify CWS vs. CWNS in different conditions effectively. The evaluation of this classifier addresses four critical research questions that align with state-of-the-art speech science studies' interests. Later, we leverage SHAP classifier interpretations to visualize the salient, fine-grain, and temporal physiological parameters unique to CWS at the population/group-level and personalized-level. While group-level identification of distinct patterns would enhance our understanding of stuttering etiology and development, the personalized-level identification would enable remote, continuous, and real-time assessment of stuttering children's physiological arousal, which may lead to personalized, just-in-time interventions, resulting in an improvement in speech fluency. The presented MI-MIL approach is novel, generalizable to different domains, and real-time executable. Finally, comprehensive evaluations are done on multiple datasets, presented framework, and several baselines that identified notable insights on CWSs' physiological arousal during speech production.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2124285</t>
+    <t>2124285; 2526174</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>p. 1-32</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Association for Computing Machinery (ACM)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>