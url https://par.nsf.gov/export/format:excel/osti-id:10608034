--- v0 (2025-10-31)
+++ v1 (2026-01-19)
@@ -101,51 +101,51 @@
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10608034</t>
   </si>
   <si>
     <t>https://doi.org/10.1139/cjfr-2025-0043</t>
   </si>
   <si>
     <t>Changes in soil moisture and its relationships with nitrogen cycle processes in a northern hardwood forest</t>
   </si>
   <si>
     <t>Wilson, Geoff; Groffman, Peter; Martel, Lisa; Green, Mark B; Driscoll, Charles T; Durán, Jorge; Templer, Pamela H; Fisk, Melany C</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2025-06-16T04:00:00Z</t>
+    <t>2025-09-11T04:00:00Z</t>
   </si>
   <si>
     <t>Canadian Journal of Forest Research</t>
   </si>
   <si>
     <t>0045-5067</t>
   </si>
   <si>
     <t>Identifying which aspects of global environmental change are driving observed ecosystem process responses is a great challenge. Here, we address how long-term (10-25 year) alterations in soil moisture, and nitrogen (N) oligotrophication (i.e. decreases in soil N availability relative to plant demand), alter the production of plant-available N via net mineralization and nitrification in a northern hardwood forest. Our objectives were to determine whether soil moisture has changed over the past decade and whether N cycle processes have become less sensitive to soil moisture over time due to N oligotrophication. We used long-term data sets from several related studies to show: (i) increasing winter soil temperatures and declining summer soil moisture from late 2010 into 2024; (ii) reductions in sensitivity of N cycling rates to soil moisture, and (iii) declining moisture-adjusted N cycle processes (the ratio of rate of N process:soil moisture) over time in both summer and winter. These changes suggest continued reductions in N availability to plants in these forests, with potential effects on forest productivity and response to disturbance.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2224545; 2020443; 2020397</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Canadian Science Publishing</t>
   </si>