--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -116,51 +116,51 @@
   <si>
     <t>Factor Importance Ranking and Selection Using Total Indices</t>
   </si>
   <si>
     <t>Huang, Chaofan; Joseph, V Roshan</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-05-14T04:00:00Z</t>
   </si>
   <si>
     <t>Technometrics</t>
   </si>
   <si>
     <t>1 to 17</t>
   </si>
   <si>
     <t>0040-1706</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2310637</t>
+    <t>2310637; 1921873</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>https://www.tandfonline.com/doi/full/10.1080/00401706.2025.2483531</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>