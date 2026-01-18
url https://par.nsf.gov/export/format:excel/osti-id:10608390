--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -118,72 +118,66 @@
   </si>
   <si>
     <t>Young, Duncan; Kerr, Megan E; Singh, Shivangini; Yan, Shuai; Kempf, Scott D; Ng, Gregory; Blankenship, Donald D; Young, Duncan</t>
   </si>
   <si>
     <t>Buhl,Dillon_P</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;&amp;lt;b&amp;gt; Introduction &amp;lt;/b&amp;gt; &amp;lt;br&amp;gt;
 The National Science Foundations Center for Oldest Ice Exploration (&amp;lt;a href&amp;#61;&amp;#34;https://www.coldex.org&amp;#34;&amp;gt;NSF COLDEX&amp;lt;/a&amp;gt;) is a Science and Technology Center working to extend the record of atmospheric gases, temperature and ice sheet history to greater than 1 million years. As part of this effort, NSF COLDEX has been searching for a site for a continuous ice core extending through the mid-Pleistocene transition. Two seasons of airborne survey were conducted from South Pole Station across the southern flank of Dome A. &amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;b&amp;gt; 2022-2023 Field Season &amp;lt;/b&amp;gt; &amp;lt;br&amp;gt;
 In the 2022-20223 field season (CXA1), and using a BT-67 Basler, NSF COLDEX conducted 13 full flights and one weather abort from South Pole Station toward the southern flank of Dome C; as well as 1 survey flight toward Hercules Dome in support of the Hercules Dome Drilling project. Three test flights were conducted from McMurdo Station. Instrumentation included the &amp;lt;a href&amp;#61;&amp;#34;https://doi.org/10.18738/T8/J38CO5&amp;#34;&amp;gt;60 MHz MARFA ice penetrating radar &amp;lt;/a&amp;gt; from the University of Texas Institute for Geophysics, a &amp;lt;a href&amp;#61;&amp;#34;https://doi.org/10.1109/IGARSS53475.2024.10640448&amp;#34;&amp;gt;UHF ice penetrating radar &amp;lt;/a&amp;gt; from the Center for Remote Sensing and Integrated Systems; an GT-2 Gravimeter, and LD-90 laser altimeter and an G-823 Magnetometer. &amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;&amp;lt;b&amp;gt; Basal specularity content &amp;lt;/b&amp;gt; &amp;lt;br&amp;gt;
 These basal specularity content were derived from comparing 1D and 2D focused MARFA data (&amp;lt;a href&amp;#61;&amp;#34;http://doi.org/10.1109/TGRS.2007.897416&amp;#34;&amp;gt;Peters et al., 2007&amp;lt;/a&amp;gt;). By comparing bed echo strengths for different focusing apertures, and accounting for the ranges and angles involved, we can derive the &amp;#34;specularity content&amp;#34; of the bed echo, a proxy for small scale bed roughness and a good indicator for subglacial water pressure in regions of distributed subglacial water (&amp;lt;a href&amp;#61;&amp;#34;https://doi.org/10.1109/LGRS.2014.2337878&amp;#34;&amp;gt;Schroeder et al., 2014, IEEE GRSL &amp;lt;/a&amp;gt;, &amp;lt;a href&amp;#61;&amp;#34;https://doi.org/10.1016/j.epsl.2019.115961&amp;#34;&amp;gt;Dow et al., 2019, EPSL &amp;lt;/a&amp;gt;) and smooth deforming bed material (&amp;lt;a href&amp;#61;&amp;#34;http://doi.org/10.1002/2014GL061645&amp;#34;&amp;gt;Schroeder et al., 2014, GRL&amp;lt;/a&amp;gt;, &amp;lt;a href&amp;#61;&amp;#34;http://dx.doi/org/10.1098/rsta.2014.0297&amp;#34;&amp;gt;Young et al., 2016, PTRS&amp;lt;/a&amp;gt;. Specularity data are inherently noisy, so these products have been smoothed with a 1 km filter.&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2019719</t>
+    <t>2019719; 2127606</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>218321; 231928; 721553; 177176; 47642; 235861; 246357; 1077959; 80961; 648506; 158677; 44775; 91114; 58854; 590819; 63463; 166930; 56733; 1500803; 295994; 67050; 183074; 345449; 291025; 852327; 289900; 117372; 366675; 444028; 639165; 160477; 833695; 459453; 246178; 652378; 1126435; 1019865; 1237006; 324971; 51687; 1437694; 41619; 225457; 182434; 211240; 1330151; 677331; 203483; 272822; 337108; 1249959; 691316; 51602; 203309; 250386; 145977; 244126; 18943; 202171; 1338527; 152514; 1467660; 192244; 54832; 290773; 51651; 1119101; 606193; 198355; 57283; 177371; 211853; 1492671; 574743; 91488; 46006; 203174; 1678992; 891732; 1195291; 374961; 221578; 509047; 576397; 223018; 57883; 1766796; 47946; 292581; 1197611; 576693; 1541164; 54343; 1052168; 576333; 584747; 579501; 549757</t>
   </si>
   <si>
     <t>text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; text/plain; image/png; image/png; image/png; image/png</t>
   </si>
   <si>
     <t>Dataset</t>
   </si>
   <si>
     <t>Texas Data Repository</t>
-  </si>
-[...4 lines deleted...]
-    <t>Creative Commons Zero v1.0 Universal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -335,50 +329,46 @@
       <c r="O2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>40</v>
       </c>
-      <c r="X2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="X2" s="0"/>
+      <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>