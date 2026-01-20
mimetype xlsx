--- v0 (2025-10-31)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -126,72 +126,66 @@
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;NSF COLDEX performed two airborne campaigns from South Pole Station over the Southern Flank of Dome A and 2022-23 and 2023-24, searching for a potential site of a continuous ice core that could sample the mid-Pleistocene transition. Ice thickness data extracted from the MARFA radar system has allow for a new understanding of this region.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Here we generate crustal scale maps of ice thickness, bed elevation, specularity content, subglacial RMS deviation and fractional basal ice thickness with 1 km sampling, and 10 km resolution. We include both masked and unmasked grids.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt; The projection is in the SCAR standard ESPG:3031 polar stereographic projection with true scale at 71˚S.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;These geotiffs were generated using performed using GMT6.5 (&amp;lt;a href&amp;#61;&amp;#34;https://doi.org/10.1029/2019GC008515&amp;#34;&amp;gt;Wessel et al., 2019&amp;lt;/a&amp;gt;) using the pygmt interface, by binning the raw data to 2.5 km cells, and using the &amp;lt;a href&amp;#61;&amp;#34;https://github.com/sakov/nn-c&amp;#34;&amp;gt; nnbathy &amp;lt;/a&amp;gt; program to apply natural neighbor interpolation to 1 km sampling. A 10 km Gaussian filter - representing typical lines spacings - was applied and then a mask was applied for all locations where the nearest data point was further than 8 km. &amp;lt;/p&amp;gt;
 Ice thickness, bed elevation and RMS deviation &amp;#64; 400 m length scale (&amp;lt;a href&amp;#61;&amp;#34;http://dx.doi.org/10.1029/2000JE001429&amp;#34;&amp;gt;roughness&amp;lt;/a&amp;gt;) data includes the following datasets:
 &amp;lt;ul&amp;gt;
 &amp;lt;li&amp;gt; UTIG/CRESIS &amp;lt;a href&amp;#61;&amp;#34;https://doi.org/10.18738/T8/J38CO5&amp;#34;&amp;gt;NSF COLDEX Airborne MARFA data&amp;lt;/a&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;li&amp;gt; British Antarctic Survey &amp;lt;a href&amp;#61;&amp;#34;https://doi.org/10.5285/0f6f5a45-d8af-4511-a264-b0b35ee34af6&amp;#34;&amp;gt;AGAP-North&amp;lt;/a&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;li&amp;gt; LDEO &amp;lt;a href&amp;#61;&amp;#34;https://doi.org/10.1594/IEDA/317765&amp;#34;&amp;gt; AGAP-South &amp;lt;/a&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;li&amp;gt; British Antarctic Survey &amp;lt;a href&amp;#61;&amp;#34;https://doi.org/10.5270/esa-8ffoo3e&amp;#34;&amp;gt;Polargap&amp;lt;/a&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;li&amp;gt; UTIG Support Office for Airborne Research &amp;lt;a href&amp;#61;&amp;#34;https://doi.org/10.15784/601588&amp;#34;&amp;gt;Pensacola-Pole Transect (PPT) &amp;lt;/a&amp;gt;&amp;lt;/li&amp;gt;
 &amp;lt;li&amp;gt; NASA/CReSIS &amp;lt;a href&amp;#61;&amp;#34;https://doi.org/10.5067/GDQ0CUCVTE2Q&amp;#34;&amp;gt; 2016 and 2018 Operation Ice Bridge &amp;lt;/a&amp;gt; &amp;lt;/li&amp;gt;
 &amp;lt;li&amp;gt; ICECAP/PRIC &amp;lt;a href&amp;#61;&amp;#34;https://doi.org/10.15784/601437&amp;#34;&amp;gt; SPICECAP Titan Dome Survey &amp;lt;/a&amp;gt;
 &amp;lt;/ul&amp;gt;
 &amp;lt;p&amp;gt;Specularity content (&amp;lt;a href&amp;#61;&amp;#34;https://doi.org/10.1109/LGRS.2014.2337878&amp;#34;&amp;gt;Schroeder et al. 2014&amp;lt;/a&amp;gt;) is compiled from &amp;lt;a href&amp;#61;&amp;#34;https://doi.org/10.18738/T8/KHUT1U&amp;#34;&amp;gt; Young et al. 2025a &amp;lt;/a&amp;gt; and &amp;lt;a href&amp;#61;&amp;#34;https://doi.org/10.18738/T8/6T5JS6&amp;#34;&amp;gt; Young et al. 2025b&amp;lt;/a&amp;gt;.&amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Basal ice fractional thickness is complied from manual interpretation by Vega Gonzàlez, Yan and Singh. &amp;lt;/p&amp;gt;
 &amp;lt;p&amp;gt;Code to generated these grids can be found at &amp;lt;a href&amp;#61;&amp;#34;https://github.com/smudog/COLDEX_dichotomy_paper_2025&amp;#34;&amp;gt; at github.com &amp;lt;/a&amp;gt;&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2019719</t>
+    <t>2019719; 2127606</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>575165; 4817112; 4817112; 4816810; 4816810; 4817112; 4817112; 2283471; 570672; 4816810; 4816810; 1364643; 2379379; 4816810; 4817112</t>
   </si>
   <si>
     <t>image/png; image/tiff; image/tiff; image/tiff; image/tiff; image/tiff; image/tiff; image/png; image/png; image/tiff; image/tiff; image/png; image/png; image/tiff; image/tiff</t>
   </si>
   <si>
     <t>Dataset</t>
   </si>
   <si>
     <t>Texas Data Repository</t>
-  </si>
-[...4 lines deleted...]
-    <t>Creative Commons Zero v1.0 Universal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -343,50 +337,46 @@
       <c r="O2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>39</v>
       </c>
-      <c r="X2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="X2" s="0"/>
+      <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>