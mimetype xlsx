--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -116,51 +116,51 @@
   <si>
     <t>Solution‐Processed Arsenic Chalcogenides as Dopant Source and Back Contact for Efficient CdSeTe Solar Cells</t>
   </si>
   <si>
     <t>Duan, Xiaomeng; Wang, Yizhao; Li, Lin; Yan, Feng</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-05-29T04:00:00Z</t>
   </si>
   <si>
     <t>Solar RRL</t>
   </si>
   <si>
     <t>2367-198X</t>
   </si>
   <si>
     <t>&lt;p&gt;Group V doping in CdSeTe device can improve power conversion efficiency (PCE) and device stability. Arsenic (As) incorporation into CdSeTe has been demonstrated via both in situ and ex situ techniques; however, optimizing the back contact for group V‐doped CdSeTe devices remains a critical challenge. Here, solution‐processed arsenic chalcogenides (i.e., As&lt;sub&gt;2&lt;/sub&gt;Te&lt;sub&gt;3&lt;/sub&gt;and As&lt;sub&gt;2&lt;/sub&gt;Se&lt;sub&gt;3&lt;/sub&gt;) as dual‐role materials, serving as both dopants and back‐contact materials for high‐efficiency CdSeTe devices, are investigated. During the formation of the back contact, a portion of the arsenic chalcogenides diffuses into the CdSeTe absorber, facilitating p‐type doping. The remaining materials forms a stable back‐contact layer that facilitate carrier collection and reducing recombination losses at the CdSeTe back surface. Particularly, CdSeTe device employing Te rich As&lt;sub&gt;2&lt;/sub&gt;Te&lt;sub&gt;3&lt;/sub&gt;layer as the dopant and back‐contact materials achieves a PCE of 18.34%, demonstrating the dual functionality of solution‐processed arsenic chalcogenides in simultaneously doping the absorber and optimizing charge extraction. This solution based cost‐effective As doping approach offers a promising pathway for advancing CdSeTe photovoltaic technology.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2413632; 2323766</t>
+    <t>2413632; 2323766; 2330738</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>