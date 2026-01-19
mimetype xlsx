--- v0 (2025-10-31)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-04-22T04:00:00Z</t>
   </si>
   <si>
     <t>RSC Advances</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>13681 to 13690</t>
   </si>
   <si>
     <t>2046-2069</t>
   </si>
   <si>
     <t>&lt;p&gt;This study compares Spiro-OMeTAD, CuSCN, and PTAA as hole transport layers in carbon-based perovskite solar cells. Spiro-OMeTAD showed best efficiency, CuSCN better stability, while PTAA underperformed, highlighting a performance-stability trade-off.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2413632; 2329871</t>
+    <t>2413632; 2329871; 2330738</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Royal Society of Chemistry</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>